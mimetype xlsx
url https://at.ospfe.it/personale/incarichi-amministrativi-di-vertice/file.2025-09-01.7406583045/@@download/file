--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,83 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\i.barbieri\Documents\TRASPARENZA\AOU\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\e.borin\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16136C09-0C8B-4BFB-8BD7-B94177CCDDB2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11535"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Foglio1!$A$1:$F$10</definedName>
   </definedNames>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F9" i="1" l="1"/>
   <c r="F10" i="1" l="1"/>
   <c r="F8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="18">
   <si>
     <t>Qualifica</t>
   </si>
   <si>
     <t>Periodo</t>
   </si>
   <si>
     <t>Nominativo</t>
   </si>
   <si>
     <t>Compenso</t>
   </si>
   <si>
     <t>Compenso Aggiuntivo</t>
   </si>
   <si>
     <t>Totale Annuo Lordo</t>
   </si>
   <si>
     <t>COMMISSARIO STRAORDINARIO</t>
   </si>
   <si>
     <t>SUB-COMMISSARIO SANITARIO</t>
   </si>
   <si>
@@ -134,153 +135,187 @@
       </rPr>
       <t xml:space="preserve"> nell'anno d'imposta 2024 (Cassa 2024), al lordo degli oneri previdenziali-assistenziali-fiscali, </t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ai Commissari Straordinari e ai Sub-Commissari sanitari e amministrativi </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>in servizio nel 2024</t>
     </r>
   </si>
   <si>
     <t>Dal 01/01/2024 al 31/12/2024</t>
   </si>
   <si>
     <t>Dal 01/01/2024 al 31/07/2024</t>
   </si>
+  <si>
+    <t>DIRETTORE ASSISTENZIALE</t>
+  </si>
+  <si>
+    <t>COLOMBI MARIKA</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
@@ -525,55 +560,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A3:F10"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A3:F11"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="26.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
@@ -593,89 +628,109 @@
       </c>
       <c r="F7" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="6"/>
       <c r="E8" s="6">
         <v>27017.15</v>
       </c>
       <c r="F8" s="6">
         <f>SUM(D8:E8)</f>
         <v>27017.15</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="4" t="s">
+      <c r="A9" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="5" t="s">
+      <c r="B9" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="5" t="s">
+      <c r="C9" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="D9" s="6">
+      <c r="D9" s="12">
         <v>67784.92</v>
       </c>
-      <c r="E9" s="6">
+      <c r="E9" s="12">
         <v>21613.71</v>
       </c>
-      <c r="F9" s="6">
+      <c r="F9" s="12">
         <f>SUM(D9:E9)</f>
         <v>89398.63</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="9">
         <v>116202.72</v>
       </c>
       <c r="E10" s="9">
         <v>21613.71</v>
       </c>
       <c r="F10" s="9">
         <f>D10+E10</f>
         <v>137816.43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="14">
+        <v>0</v>
+      </c>
+      <c r="E11" s="14">
+        <v>0</v>
+      </c>
+      <c r="F11" s="14">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"-,Grassetto"&amp;16AOSP FE</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>